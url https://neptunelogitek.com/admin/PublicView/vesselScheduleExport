--- v0 (2025-10-16)
+++ v1 (2025-11-28)
@@ -32,162 +32,162 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>Vessel Name</t>
   </si>
   <si>
     <t>Voyage Number</t>
   </si>
   <si>
     <t>Port</t>
   </si>
   <si>
     <t>Cut Off Date</t>
   </si>
   <si>
     <t>Date of Arrival</t>
   </si>
   <si>
     <t>Date of Departure</t>
   </si>
   <si>
+    <t>ANAND</t>
+  </si>
+  <si>
+    <t>COCHIN</t>
+  </si>
+  <si>
+    <t>11-11-2022</t>
+  </si>
+  <si>
+    <t>27-11-2025</t>
+  </si>
+  <si>
+    <t>28-11-2025</t>
+  </si>
+  <si>
+    <t>EXPRESS</t>
+  </si>
+  <si>
+    <t>KANDLA</t>
+  </si>
+  <si>
+    <t>29-11-2025</t>
+  </si>
+  <si>
+    <t>30-11-2025</t>
+  </si>
+  <si>
+    <t>25-12-2022</t>
+  </si>
+  <si>
+    <t>03-12-2025</t>
+  </si>
+  <si>
+    <t>04-12-2025</t>
+  </si>
+  <si>
+    <t>BHARAT</t>
+  </si>
+  <si>
+    <t>07-11-2025</t>
+  </si>
+  <si>
+    <t>TUTICORIN</t>
+  </si>
+  <si>
+    <t>11-12-2025</t>
+  </si>
+  <si>
+    <t>12-12-2025</t>
+  </si>
+  <si>
+    <t>09-12-2025</t>
+  </si>
+  <si>
+    <t>10-12-2025</t>
+  </si>
+  <si>
+    <t>05-12-2025</t>
+  </si>
+  <si>
+    <t>06-12-2025</t>
+  </si>
+  <si>
+    <t>KRISHNA</t>
+  </si>
+  <si>
     <t>CHENNAI</t>
   </si>
   <si>
-    <t>TUTICORIN</t>
-[...32 lines deleted...]
-    <t>NEYYAR</t>
+    <t>VISAKHAPATNAM</t>
   </si>
   <si>
     <t>MANGALORE</t>
   </si>
   <si>
-    <t>23-10-2025</t>
-[...14 lines deleted...]
-    <t>26-10-2025</t>
+    <t>08-12-2025</t>
+  </si>
+  <si>
+    <t>07-12-2025</t>
   </si>
   <si>
     <t>MUNDRA</t>
   </si>
   <si>
-    <t>BHARAT</t>
-[...34 lines deleted...]
-  <si>
     <t>SSLMUMBAI</t>
   </si>
   <si>
-    <t>12-10-2025</t>
-[...2 lines deleted...]
-    <t>04-10-2025</t>
+    <t>01-12-2025</t>
+  </si>
+  <si>
+    <t>02-12-2025</t>
+  </si>
+  <si>
+    <t>25-11-2025</t>
+  </si>
+  <si>
+    <t>26-11-2025</t>
   </si>
   <si>
     <t>SSLGUJARAT</t>
   </si>
   <si>
     <t>KAVERI</t>
+  </si>
+  <si>
+    <t>13-12-2025</t>
+  </si>
+  <si>
+    <t>14-12-2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GODAVARI </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -508,486 +508,454 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F23"/>
+  <dimension ref="A1:F21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2">
-        <v>2518</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>8</v>
+      </c>
       <c r="E2" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3">
+        <v>21</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
         <v>10</v>
       </c>
-      <c r="B3">
-[...5 lines deleted...]
-      <c r="D3"/>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B4">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" t="s">
         <v>15</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5">
-        <v>65</v>
+        <v>186</v>
       </c>
       <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="D5"/>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6">
-        <v>65</v>
+        <v>187</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F6" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7">
-        <v>65</v>
+        <v>187</v>
       </c>
       <c r="C7" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
+        <v>23</v>
+      </c>
+      <c r="F7" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8">
-        <v>65</v>
+        <v>187</v>
       </c>
       <c r="C8" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>17</v>
       </c>
       <c r="E8" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="F8" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9">
-        <v>184</v>
+        <v>92</v>
       </c>
       <c r="C9" t="s">
-        <v>7</v>
+        <v>28</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
         <v>13</v>
       </c>
       <c r="F9" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B10">
-        <v>91</v>
+        <v>227</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="D10" t="s">
         <v>30</v>
       </c>
+      <c r="D10"/>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11">
-        <v>91</v>
+        <v>227</v>
       </c>
       <c r="C11" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="F11" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12">
+        <v>227</v>
+      </c>
+      <c r="C12" t="s">
         <v>33</v>
       </c>
-      <c r="B12">
-[...5 lines deleted...]
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>10</v>
+      </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F12" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
+        <v>34</v>
+      </c>
+      <c r="B13">
+        <v>208</v>
+      </c>
+      <c r="C13" t="s">
+        <v>7</v>
+      </c>
+      <c r="D13"/>
+      <c r="E13" t="s">
         <v>35</v>
       </c>
-      <c r="B13">
-[...5 lines deleted...]
-      <c r="D13" t="s">
+      <c r="F13" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B14">
-        <v>224</v>
+        <v>208</v>
       </c>
       <c r="C14" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D14"/>
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>37</v>
+      </c>
       <c r="E14" t="s">
+        <v>38</v>
+      </c>
+      <c r="F14" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B15">
-        <v>224</v>
+        <v>189</v>
       </c>
       <c r="C15" t="s">
-        <v>7</v>
+        <v>30</v>
       </c>
       <c r="D15"/>
       <c r="E15" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F15" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>39</v>
       </c>
       <c r="B16">
-        <v>205</v>
+        <v>189</v>
       </c>
       <c r="C16" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="D16"/>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="F16" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B17">
-        <v>205</v>
+        <v>36</v>
       </c>
       <c r="C17" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="D17"/>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="F17" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18">
-        <v>206</v>
+        <v>36</v>
       </c>
       <c r="C18" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D18"/>
       <c r="E18" t="s">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="F18" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B19">
-        <v>206</v>
+        <v>36</v>
       </c>
       <c r="C19" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D19"/>
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>35</v>
+      </c>
       <c r="E19" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="F19" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20">
-        <v>186</v>
+        <v>48</v>
       </c>
       <c r="C20" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="D20"/>
       <c r="E20" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="F20" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B21">
-        <v>186</v>
+        <v>48</v>
       </c>
       <c r="C21" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D21"/>
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>37</v>
+      </c>
       <c r="E21" t="s">
+        <v>38</v>
+      </c>
+      <c r="F21" t="s">
         <v>9</v>
-      </c>
-[...37 lines deleted...]
-        <v>8</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">