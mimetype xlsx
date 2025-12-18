--- v1 (2025-11-28)
+++ v2 (2025-12-18)
@@ -12,182 +12,209 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Vessel Name</t>
   </si>
   <si>
     <t>Voyage Number</t>
   </si>
   <si>
     <t>Port</t>
   </si>
   <si>
     <t>Cut Off Date</t>
   </si>
   <si>
     <t>Date of Arrival</t>
   </si>
   <si>
     <t>Date of Departure</t>
   </si>
   <si>
+    <t>CHENNAI</t>
+  </si>
+  <si>
+    <t>TUTICORIN</t>
+  </si>
+  <si>
+    <t>25-12-2025</t>
+  </si>
+  <si>
+    <t>26-12-2025</t>
+  </si>
+  <si>
+    <t>COCHIN</t>
+  </si>
+  <si>
+    <t>23-12-2025</t>
+  </si>
+  <si>
+    <t>24-12-2025</t>
+  </si>
+  <si>
+    <t>KANDLA</t>
+  </si>
+  <si>
+    <t>19-12-2025</t>
+  </si>
+  <si>
+    <t>20-12-2025</t>
+  </si>
+  <si>
+    <t>VARADA</t>
+  </si>
+  <si>
+    <t>KATUPALLI</t>
+  </si>
+  <si>
+    <t>03-01-2026</t>
+  </si>
+  <si>
+    <t>04-01-2026</t>
+  </si>
+  <si>
+    <t>30-12-2025</t>
+  </si>
+  <si>
+    <t>31-12-2025</t>
+  </si>
+  <si>
+    <t>MANGALORE</t>
+  </si>
+  <si>
+    <t>28-12-2025</t>
+  </si>
+  <si>
+    <t>29-12-2025</t>
+  </si>
+  <si>
+    <t>MUNDRA</t>
+  </si>
+  <si>
+    <t>22-12-2025</t>
+  </si>
+  <si>
     <t>ANAND</t>
   </si>
   <si>
-    <t>COCHIN</t>
-[...8 lines deleted...]
-    <t>28-11-2025</t>
+    <t>07-12-2025</t>
+  </si>
+  <si>
+    <t>16-12-2025</t>
+  </si>
+  <si>
+    <t>09-12-2022</t>
+  </si>
+  <si>
+    <t>21-12-2025</t>
+  </si>
+  <si>
+    <t>18-12-2022</t>
   </si>
   <si>
     <t>EXPRESS</t>
   </si>
   <si>
-    <t>KANDLA</t>
-[...14 lines deleted...]
-    <t>04-12-2025</t>
+    <t>15-12-2025</t>
+  </si>
+  <si>
+    <t>24-12-2021</t>
   </si>
   <si>
     <t>BHARAT</t>
   </si>
   <si>
-    <t>07-11-2025</t>
-[...17 lines deleted...]
-    <t>05-12-2025</t>
+    <t>PIPAVAV</t>
+  </si>
+  <si>
+    <t>KRISHNA</t>
+  </si>
+  <si>
+    <t>17-12-2025</t>
+  </si>
+  <si>
+    <t>18-12-2025</t>
+  </si>
+  <si>
+    <t>VISAKHAPATNAM</t>
+  </si>
+  <si>
+    <t>SSLMUMBAI</t>
+  </si>
+  <si>
+    <t>01-01-2026</t>
+  </si>
+  <si>
+    <t>MUMBAI</t>
+  </si>
+  <si>
+    <t>SSLGUJARAT</t>
   </si>
   <si>
     <t>06-12-2025</t>
   </si>
   <si>
-    <t>KRISHNA</t>
-[...44 lines deleted...]
-    <t>14-12-2025</t>
+    <t>27-12-2025</t>
+  </si>
+  <si>
+    <t>MANALI</t>
   </si>
   <si>
     <t xml:space="preserve">GODAVARI </t>
+  </si>
+  <si>
+    <t>VIZAG</t>
+  </si>
+  <si>
+    <t>02-01-2026</t>
+  </si>
+  <si>
+    <t>05-01-2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -508,454 +535,758 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F21"/>
+  <dimension ref="A1:F37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2">
-        <v>23</v>
+        <v>2522</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
-      <c r="D2" t="s">
+      <c r="D2"/>
+      <c r="E2" t="s">
         <v>8</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B3">
+        <v>2522</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3"/>
+      <c r="E3" t="s">
         <v>11</v>
       </c>
-      <c r="B3">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="F3" t="s">
         <v>12</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B4">
-        <v>21</v>
+        <v>2522</v>
       </c>
       <c r="C4" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5">
+        <v>81</v>
+      </c>
+      <c r="C5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5"/>
+      <c r="E5" t="s">
         <v>18</v>
       </c>
-      <c r="B5">
-[...5 lines deleted...]
-      <c r="D5" t="s">
+      <c r="F5" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B6">
-        <v>187</v>
+        <v>81</v>
       </c>
       <c r="C6" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B7">
-        <v>187</v>
+        <v>81</v>
       </c>
       <c r="C7" t="s">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B8">
-        <v>187</v>
+        <v>81</v>
       </c>
       <c r="C8" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="F8" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9">
-        <v>92</v>
+        <v>25</v>
       </c>
       <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
         <v>28</v>
       </c>
-      <c r="D9"/>
       <c r="E9" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B10">
-        <v>227</v>
+        <v>26</v>
       </c>
       <c r="C10" t="s">
+        <v>10</v>
+      </c>
+      <c r="D10" t="s">
         <v>30</v>
       </c>
-      <c r="D10"/>
       <c r="E10" t="s">
+        <v>15</v>
+      </c>
+      <c r="F10" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B11">
-        <v>227</v>
+        <v>27</v>
       </c>
       <c r="C11" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D11"/>
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>26</v>
+      </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="F11" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B12">
-        <v>227</v>
+        <v>27</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="F12" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
+        <v>33</v>
+      </c>
+      <c r="B13">
+        <v>22</v>
+      </c>
+      <c r="C13" t="s">
+        <v>10</v>
+      </c>
+      <c r="D13" t="s">
         <v>34</v>
       </c>
-      <c r="B13">
-[...5 lines deleted...]
-      <c r="D13"/>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F13" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B14">
-        <v>208</v>
+        <v>23</v>
       </c>
       <c r="C14" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F14" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="B15">
-        <v>189</v>
+        <v>23</v>
       </c>
       <c r="C15" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D15"/>
+        <v>22</v>
+      </c>
+      <c r="D15" t="s">
+        <v>35</v>
+      </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="F15" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="B16">
-        <v>189</v>
+        <v>23</v>
       </c>
       <c r="C16" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D16"/>
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
       <c r="E16" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B17">
-        <v>36</v>
+        <v>187</v>
       </c>
       <c r="C17" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D17"/>
       <c r="E17" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F17" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B18">
-        <v>36</v>
+        <v>187</v>
       </c>
       <c r="C18" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="D18"/>
+        <v>37</v>
+      </c>
+      <c r="D18" t="s">
+        <v>34</v>
+      </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F18" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
+        <v>38</v>
+      </c>
+      <c r="B19">
+        <v>93</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>29</v>
+      </c>
+      <c r="E19" t="s">
+        <v>39</v>
+      </c>
+      <c r="F19" t="s">
         <v>40</v>
-      </c>
-[...13 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="B20">
-        <v>48</v>
+        <v>93</v>
       </c>
       <c r="C20" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
       <c r="D20"/>
       <c r="E20" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="F20" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B21">
+        <v>228</v>
+      </c>
+      <c r="C21" t="s">
+        <v>10</v>
+      </c>
+      <c r="D21"/>
+      <c r="E21" t="s">
+        <v>15</v>
+      </c>
+      <c r="F21" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22" t="s">
+        <v>41</v>
+      </c>
+      <c r="B22">
+        <v>228</v>
+      </c>
+      <c r="C22" t="s">
+        <v>22</v>
+      </c>
+      <c r="D22"/>
+      <c r="E22" t="s">
+        <v>26</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23" t="s">
+        <v>42</v>
+      </c>
+      <c r="B23">
+        <v>209</v>
+      </c>
+      <c r="C23" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23"/>
+      <c r="E23" t="s">
+        <v>15</v>
+      </c>
+      <c r="F23" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24" t="s">
+        <v>42</v>
+      </c>
+      <c r="B24">
+        <v>210</v>
+      </c>
+      <c r="C24" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24"/>
+      <c r="E24" t="s">
+        <v>24</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25" t="s">
+        <v>42</v>
+      </c>
+      <c r="B25">
+        <v>210</v>
+      </c>
+      <c r="C25" t="s">
+        <v>7</v>
+      </c>
+      <c r="D25"/>
+      <c r="E25" t="s">
+        <v>21</v>
+      </c>
+      <c r="F25" t="s">
         <v>43</v>
       </c>
-      <c r="B21">
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26" t="s">
+        <v>42</v>
+      </c>
+      <c r="B26">
+        <v>210</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>8</v>
+      </c>
+      <c r="F26" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27" t="s">
+        <v>42</v>
+      </c>
+      <c r="B27">
+        <v>210</v>
+      </c>
+      <c r="C27" t="s">
+        <v>37</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28" t="s">
+        <v>44</v>
+      </c>
+      <c r="B28">
+        <v>2505</v>
+      </c>
+      <c r="C28" t="s">
+        <v>7</v>
+      </c>
+      <c r="D28"/>
+      <c r="E28" t="s">
+        <v>15</v>
+      </c>
+      <c r="F28" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29" t="s">
+        <v>45</v>
+      </c>
+      <c r="B29">
+        <v>190</v>
+      </c>
+      <c r="C29" t="s">
+        <v>25</v>
+      </c>
+      <c r="D29" t="s">
+        <v>46</v>
+      </c>
+      <c r="E29" t="s">
+        <v>15</v>
+      </c>
+      <c r="F29" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30" t="s">
+        <v>45</v>
+      </c>
+      <c r="B30">
+        <v>191</v>
+      </c>
+      <c r="C30" t="s">
+        <v>22</v>
+      </c>
+      <c r="D30"/>
+      <c r="E30" t="s">
+        <v>24</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31" t="s">
+        <v>45</v>
+      </c>
+      <c r="B31">
+        <v>191</v>
+      </c>
+      <c r="C31" t="s">
+        <v>10</v>
+      </c>
+      <c r="D31"/>
+      <c r="E31" t="s">
+        <v>47</v>
+      </c>
+      <c r="F31" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32" t="s">
+        <v>45</v>
+      </c>
+      <c r="B32">
+        <v>191</v>
+      </c>
+      <c r="C32" t="s">
+        <v>25</v>
+      </c>
+      <c r="D32" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33" t="s">
         <v>48</v>
       </c>
-      <c r="C21" t="s">
-[...8 lines deleted...]
-      <c r="F21" t="s">
+      <c r="B33">
+        <v>61</v>
+      </c>
+      <c r="C33" t="s">
+        <v>17</v>
+      </c>
+      <c r="D33"/>
+      <c r="E33" t="s">
+        <v>26</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34" t="s">
+        <v>48</v>
+      </c>
+      <c r="B34">
+        <v>61</v>
+      </c>
+      <c r="C34" t="s">
+        <v>10</v>
+      </c>
+      <c r="D34"/>
+      <c r="E34" t="s">
+        <v>29</v>
+      </c>
+      <c r="F34" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35" t="s">
+        <v>49</v>
+      </c>
+      <c r="B35">
+        <v>49</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>8</v>
+      </c>
+      <c r="E35" t="s">
+        <v>8</v>
+      </c>
+      <c r="F35" t="s">
         <v>9</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36" t="s">
+        <v>49</v>
+      </c>
+      <c r="B36">
+        <v>49</v>
+      </c>
+      <c r="C36" t="s">
+        <v>50</v>
+      </c>
+      <c r="D36"/>
+      <c r="E36" t="s">
+        <v>51</v>
+      </c>
+      <c r="F36" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37" t="s">
+        <v>49</v>
+      </c>
+      <c r="B37">
+        <v>49</v>
+      </c>
+      <c r="C37" t="s">
+        <v>6</v>
+      </c>
+      <c r="D37"/>
+      <c r="E37" t="s">
+        <v>19</v>
+      </c>
+      <c r="F37" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">