--- v2 (2025-12-18)
+++ v3 (2026-01-21)
@@ -12,209 +12,221 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Vessel Name</t>
   </si>
   <si>
     <t>Voyage Number</t>
   </si>
   <si>
     <t>Port</t>
   </si>
   <si>
     <t>Cut Off Date</t>
   </si>
   <si>
     <t>Date of Arrival</t>
   </si>
   <si>
     <t>Date of Departure</t>
   </si>
   <si>
     <t>CHENNAI</t>
   </si>
   <si>
+    <t>COCHIN</t>
+  </si>
+  <si>
+    <t>19-01-2026</t>
+  </si>
+  <si>
+    <t>20-01-2026</t>
+  </si>
+  <si>
     <t>TUTICORIN</t>
   </si>
   <si>
-    <t>25-12-2025</t>
-[...11 lines deleted...]
-    <t>24-12-2025</t>
+    <t>21-01-2026</t>
+  </si>
+  <si>
+    <t>22-01-2026</t>
+  </si>
+  <si>
+    <t>VARADA</t>
+  </si>
+  <si>
+    <t>KATUPALLI</t>
+  </si>
+  <si>
+    <t>02-02-2026</t>
+  </si>
+  <si>
+    <t>03-02-2026</t>
+  </si>
+  <si>
+    <t>27-01-2026</t>
+  </si>
+  <si>
+    <t>28-01-2026</t>
+  </si>
+  <si>
+    <t>MANGALORE</t>
+  </si>
+  <si>
+    <t>25-01-2026</t>
+  </si>
+  <si>
+    <t>26-01-2026</t>
+  </si>
+  <si>
+    <t>MUNDRA</t>
+  </si>
+  <si>
+    <t>ANAND</t>
   </si>
   <si>
     <t>KANDLA</t>
   </si>
   <si>
-    <t>19-12-2025</t>
-[...53 lines deleted...]
-    <t>18-12-2022</t>
+    <t>08-01-2026</t>
+  </si>
+  <si>
+    <t>17-01-2026</t>
+  </si>
+  <si>
+    <t>18-01-2026</t>
+  </si>
+  <si>
+    <t>27-01-2023</t>
+  </si>
+  <si>
+    <t>24-01-2026</t>
   </si>
   <si>
     <t>EXPRESS</t>
   </si>
   <si>
-    <t>15-12-2025</t>
-[...2 lines deleted...]
-    <t>24-12-2021</t>
+    <t>09-01-2026</t>
+  </si>
+  <si>
+    <t>23-01-2026</t>
+  </si>
+  <si>
+    <t>01-02-2022</t>
+  </si>
+  <si>
+    <t>01-02-2026</t>
+  </si>
+  <si>
+    <t>29-01-2026</t>
+  </si>
+  <si>
+    <t>30-01-2026</t>
   </si>
   <si>
     <t>BHARAT</t>
   </si>
   <si>
     <t>PIPAVAV</t>
   </si>
   <si>
+    <t>15-01-2026</t>
+  </si>
+  <si>
+    <t>16-01-2026</t>
+  </si>
+  <si>
+    <t>04-02-2026</t>
+  </si>
+  <si>
+    <t>05-02-2026</t>
+  </si>
+  <si>
+    <t>02-03-2026</t>
+  </si>
+  <si>
     <t>KRISHNA</t>
   </si>
   <si>
-    <t>17-12-2025</t>
-[...2 lines deleted...]
-    <t>18-12-2025</t>
+    <t>VIZAG</t>
   </si>
   <si>
     <t>VISAKHAPATNAM</t>
   </si>
   <si>
+    <t>31-01-2026</t>
+  </si>
+  <si>
     <t>SSLMUMBAI</t>
   </si>
   <si>
-    <t>01-01-2026</t>
-[...1 lines deleted...]
-  <si>
     <t>MUMBAI</t>
   </si>
   <si>
     <t>SSLGUJARAT</t>
   </si>
   <si>
-    <t>06-12-2025</t>
-[...4 lines deleted...]
-  <si>
     <t>MANALI</t>
   </si>
   <si>
+    <t>07-02-2026</t>
+  </si>
+  <si>
+    <t>08-02-2026</t>
+  </si>
+  <si>
+    <t>15-02-2026</t>
+  </si>
+  <si>
+    <t>16-02-2026</t>
+  </si>
+  <si>
     <t xml:space="preserve">GODAVARI </t>
-  </si>
-[...7 lines deleted...]
-    <t>05-01-2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -535,758 +547,900 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F37"/>
+  <dimension ref="A1:F45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2">
-        <v>2522</v>
+        <v>2601</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2"/>
       <c r="E2" t="s">
         <v>8</v>
       </c>
       <c r="F2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
-        <v>2522</v>
+        <v>2601</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3"/>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="B4">
-        <v>2522</v>
+        <v>82</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D4" t="s">
         <v>14</v>
       </c>
+      <c r="D4"/>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B5">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C5" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F5" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B6">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C6" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B7">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
-      <c r="D7"/>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="F7" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="B8">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
         <v>25</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>26</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B9">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="F9" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B10">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="C10" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="F10" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B11">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="D11"/>
       <c r="E11" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="F11" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B12">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C12" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="F12" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B13">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C13" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="D13"/>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B14">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C14" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="D14"/>
       <c r="E14" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F14" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B15">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C15" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="E15" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
+        <v>30</v>
+      </c>
+      <c r="B16">
+        <v>27</v>
+      </c>
+      <c r="C16" t="s">
+        <v>7</v>
+      </c>
+      <c r="D16" t="s">
         <v>33</v>
       </c>
-      <c r="B16">
-[...7 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F16" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="B17">
-        <v>187</v>
+        <v>27</v>
       </c>
       <c r="C17" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D17"/>
+        <v>19</v>
+      </c>
+      <c r="D17" t="s">
+        <v>33</v>
+      </c>
       <c r="E17" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F17" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
+        <v>30</v>
+      </c>
+      <c r="B18">
+        <v>27</v>
+      </c>
+      <c r="C18" t="s">
+        <v>24</v>
+      </c>
+      <c r="D18" t="s">
+        <v>35</v>
+      </c>
+      <c r="E18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F18" t="s">
         <v>36</v>
-      </c>
-[...13 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B19">
-        <v>93</v>
+        <v>189</v>
       </c>
       <c r="C19" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="D19"/>
       <c r="E19" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
+        <v>37</v>
+      </c>
+      <c r="B20">
+        <v>189</v>
+      </c>
+      <c r="C20" t="s">
         <v>38</v>
       </c>
-      <c r="B20">
-[...5 lines deleted...]
-      <c r="D20"/>
+      <c r="D20" t="s">
+        <v>39</v>
+      </c>
       <c r="E20" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="F20" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B21">
-        <v>228</v>
+        <v>190</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21"/>
       <c r="E21" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="F21" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B22">
-        <v>228</v>
+        <v>190</v>
       </c>
       <c r="C22" t="s">
-        <v>22</v>
+        <v>7</v>
       </c>
       <c r="D22"/>
       <c r="E22" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="F22" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="B23">
-        <v>209</v>
+        <v>190</v>
       </c>
       <c r="C23" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D23"/>
+        <v>24</v>
+      </c>
+      <c r="D23" t="s">
+        <v>17</v>
+      </c>
       <c r="E23" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F23" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B24">
-        <v>210</v>
+        <v>94</v>
       </c>
       <c r="C24" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="D24"/>
       <c r="E24" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B25">
-        <v>210</v>
+        <v>94</v>
       </c>
       <c r="C25" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D25"/>
       <c r="E25" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="F25" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B26">
-        <v>210</v>
+        <v>230</v>
       </c>
       <c r="C26" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="D26"/>
       <c r="E26" t="s">
         <v>8</v>
       </c>
       <c r="F26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B27">
-        <v>210</v>
+        <v>231</v>
       </c>
       <c r="C27" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="D27"/>
       <c r="E27" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F27" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B28">
-        <v>2505</v>
+        <v>231</v>
       </c>
       <c r="C28" t="s">
         <v>7</v>
       </c>
       <c r="D28"/>
       <c r="E28" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="F28" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B29">
-        <v>190</v>
+        <v>231</v>
       </c>
       <c r="C29" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D29" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="F29" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B30">
-        <v>191</v>
+        <v>211</v>
       </c>
       <c r="C30" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="D30"/>
       <c r="E30" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="F30" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B31">
-        <v>191</v>
+        <v>211</v>
       </c>
       <c r="C31" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D31"/>
       <c r="E31" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="F31" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B32">
-        <v>191</v>
+        <v>211</v>
       </c>
       <c r="C32" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D32" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="F32" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B33">
-        <v>61</v>
+        <v>2601</v>
       </c>
       <c r="C33" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D33"/>
+        <v>24</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
       <c r="E33" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B34">
-        <v>61</v>
+        <v>2601</v>
       </c>
       <c r="C34" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D34"/>
       <c r="E34" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="F34" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>49</v>
       </c>
       <c r="B35">
-        <v>49</v>
+        <v>2601</v>
       </c>
       <c r="C35" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="D35"/>
       <c r="E35" t="s">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="F35" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B36">
-        <v>49</v>
+        <v>193</v>
       </c>
       <c r="C36" t="s">
-        <v>50</v>
+        <v>7</v>
       </c>
       <c r="D36"/>
       <c r="E36" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="F36" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B37">
-        <v>49</v>
+        <v>193</v>
       </c>
       <c r="C37" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="D37"/>
       <c r="E37" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F37" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" t="s">
+        <v>51</v>
+      </c>
+      <c r="B38">
+        <v>62</v>
+      </c>
+      <c r="C38" t="s">
+        <v>14</v>
+      </c>
+      <c r="D38"/>
+      <c r="E38" t="s">
+        <v>8</v>
+      </c>
+      <c r="F38" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39" t="s">
+        <v>51</v>
+      </c>
+      <c r="B39">
+        <v>63</v>
+      </c>
+      <c r="C39" t="s">
+        <v>22</v>
+      </c>
+      <c r="D39" t="s">
+        <v>34</v>
+      </c>
+      <c r="E39" t="s">
+        <v>34</v>
+      </c>
+      <c r="F39" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40" t="s">
+        <v>51</v>
+      </c>
+      <c r="B40">
+        <v>63</v>
+      </c>
+      <c r="C40" t="s">
+        <v>7</v>
+      </c>
+      <c r="D40"/>
+      <c r="E40" t="s">
         <v>52</v>
+      </c>
+      <c r="F40" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41" t="s">
+        <v>51</v>
+      </c>
+      <c r="B41">
+        <v>63</v>
+      </c>
+      <c r="C41" t="s">
+        <v>14</v>
+      </c>
+      <c r="D41"/>
+      <c r="E41" t="s">
+        <v>54</v>
+      </c>
+      <c r="F41" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42" t="s">
+        <v>56</v>
+      </c>
+      <c r="B42">
+        <v>50</v>
+      </c>
+      <c r="C42" t="s">
+        <v>24</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" t="s">
+        <v>56</v>
+      </c>
+      <c r="B43">
+        <v>50</v>
+      </c>
+      <c r="C43" t="s">
+        <v>6</v>
+      </c>
+      <c r="D43"/>
+      <c r="E43" t="s">
+        <v>47</v>
+      </c>
+      <c r="F43" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44" t="s">
+        <v>56</v>
+      </c>
+      <c r="B44">
+        <v>50</v>
+      </c>
+      <c r="C44" t="s">
+        <v>45</v>
+      </c>
+      <c r="D44"/>
+      <c r="E44" t="s">
+        <v>35</v>
+      </c>
+      <c r="F44" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45" t="s">
+        <v>56</v>
+      </c>
+      <c r="B45">
+        <v>50</v>
+      </c>
+      <c r="C45" t="s">
+        <v>10</v>
+      </c>
+      <c r="D45"/>
+      <c r="E45" t="s">
+        <v>41</v>
+      </c>
+      <c r="F45" t="s">
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">