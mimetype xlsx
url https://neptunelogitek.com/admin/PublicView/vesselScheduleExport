--- v3 (2026-01-21)
+++ v4 (2026-02-11)
@@ -12,221 +12,188 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Vessel Name</t>
   </si>
   <si>
     <t>Voyage Number</t>
   </si>
   <si>
     <t>Port</t>
   </si>
   <si>
     <t>Cut Off Date</t>
   </si>
   <si>
     <t>Date of Arrival</t>
   </si>
   <si>
     <t>Date of Departure</t>
   </si>
   <si>
+    <t>BRAHMAPUTRA</t>
+  </si>
+  <si>
+    <t>TUTICORIN</t>
+  </si>
+  <si>
+    <t>12-02-2026</t>
+  </si>
+  <si>
+    <t>13-02-2026</t>
+  </si>
+  <si>
+    <t>ANAND</t>
+  </si>
+  <si>
+    <t>KANDLA</t>
+  </si>
+  <si>
+    <t>31-01-2026</t>
+  </si>
+  <si>
+    <t>08-02-2026</t>
+  </si>
+  <si>
+    <t>09-02-2026</t>
+  </si>
+  <si>
+    <t>COCHIN</t>
+  </si>
+  <si>
+    <t>11-02-2026</t>
+  </si>
+  <si>
+    <t>14-02-2026</t>
+  </si>
+  <si>
+    <t>15-02-2026</t>
+  </si>
+  <si>
+    <t>17-02-2026</t>
+  </si>
+  <si>
+    <t>18-02-2026</t>
+  </si>
+  <si>
+    <t>NEYYAR</t>
+  </si>
+  <si>
+    <t>KATUPALLI</t>
+  </si>
+  <si>
+    <t>23-02-2026</t>
+  </si>
+  <si>
+    <t>24-02-2026</t>
+  </si>
+  <si>
+    <t>MANGALORE</t>
+  </si>
+  <si>
+    <t>16-02-2026</t>
+  </si>
+  <si>
+    <t>MUNDRA</t>
+  </si>
+  <si>
+    <t>EXPRESS</t>
+  </si>
+  <si>
+    <t>27-01-2026</t>
+  </si>
+  <si>
+    <t>09-02-2022</t>
+  </si>
+  <si>
+    <t>20-02-2026</t>
+  </si>
+  <si>
+    <t>21-02-2026</t>
+  </si>
+  <si>
+    <t>19-02-2026</t>
+  </si>
+  <si>
+    <t>BHARAT</t>
+  </si>
+  <si>
+    <t>28-01-2026</t>
+  </si>
+  <si>
+    <t>22-02-2026</t>
+  </si>
+  <si>
+    <t>KRISHNA</t>
+  </si>
+  <si>
     <t>CHENNAI</t>
   </si>
   <si>
-    <t>COCHIN</t>
-[...115 lines deleted...]
-  <si>
     <t>VISAKHAPATNAM</t>
   </si>
   <si>
-    <t>31-01-2026</t>
-[...1 lines deleted...]
-  <si>
     <t>SSLMUMBAI</t>
   </si>
   <si>
     <t>MUMBAI</t>
   </si>
   <si>
+    <t>10-02-2026</t>
+  </si>
+  <si>
     <t>SSLGUJARAT</t>
   </si>
   <si>
+    <t>KAVERI</t>
+  </si>
+  <si>
     <t>MANALI</t>
-  </si>
-[...13 lines deleted...]
-    <t xml:space="preserve">GODAVARI </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -547,900 +514,764 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F45"/>
+  <dimension ref="A1:F38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2">
-        <v>2601</v>
+        <v>933</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2"/>
       <c r="E2" t="s">
         <v>8</v>
       </c>
       <c r="F2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="B3">
-        <v>2601</v>
+        <v>32</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D3"/>
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
       <c r="E3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B4">
-        <v>82</v>
+        <v>33</v>
       </c>
       <c r="C4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F4" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B5">
-        <v>82</v>
+        <v>34</v>
       </c>
       <c r="C5" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D5"/>
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>17</v>
+      </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B6">
-        <v>82</v>
+        <v>34</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="B7">
-        <v>82</v>
+        <v>67</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D7"/>
       <c r="E7" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B8">
-        <v>29</v>
+        <v>67</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="D8"/>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="F8" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B9">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="C9" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="D9"/>
       <c r="E9" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B10">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="F10" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B11">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="C11" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D11"/>
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>29</v>
+      </c>
       <c r="E11" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F11" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B12">
+        <v>28</v>
+      </c>
+      <c r="C12" t="s">
         <v>25</v>
       </c>
-      <c r="C12" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D12"/>
       <c r="E12" t="s">
+        <v>16</v>
+      </c>
+      <c r="F12" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13">
+        <v>28</v>
+      </c>
+      <c r="C13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" t="s">
         <v>30</v>
       </c>
-      <c r="B13">
-[...5 lines deleted...]
-      <c r="D13"/>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F13" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B14">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C14" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D14"/>
       <c r="E14" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F14" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B15">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C15" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="D15"/>
       <c r="E15" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F15" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B16">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C16" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="E16" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="F16" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B17">
-        <v>27</v>
+        <v>190</v>
       </c>
       <c r="C17" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="D17" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E17" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F17" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B18">
-        <v>27</v>
+        <v>191</v>
       </c>
       <c r="C18" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="D18" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="E18" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="F18" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B19">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C19" t="s">
         <v>7</v>
       </c>
       <c r="D19"/>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="F19" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B20">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C20" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="D20"/>
       <c r="E20" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="F20" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>37</v>
       </c>
       <c r="B21">
-        <v>190</v>
+        <v>95</v>
       </c>
       <c r="C21" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="D21"/>
       <c r="E21" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="F21" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>37</v>
       </c>
       <c r="B22">
-        <v>190</v>
+        <v>95</v>
       </c>
       <c r="C22" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D22"/>
+        <v>11</v>
+      </c>
+      <c r="D22" t="s">
+        <v>16</v>
+      </c>
       <c r="E22" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F22" t="s">
-        <v>43</v>
+        <v>8</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B23">
-        <v>190</v>
+        <v>232</v>
       </c>
       <c r="C23" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="D23"/>
       <c r="E23" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="F23" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="B24">
-        <v>94</v>
+        <v>232</v>
       </c>
       <c r="C24" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D24"/>
       <c r="E24" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F24" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="B25">
-        <v>94</v>
+        <v>212</v>
       </c>
       <c r="C25" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="D25"/>
       <c r="E25" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="F25" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="B26">
-        <v>230</v>
+        <v>212</v>
       </c>
       <c r="C26" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="D26"/>
       <c r="E26" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F26" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="B27">
-        <v>231</v>
+        <v>212</v>
       </c>
       <c r="C27" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="D27"/>
       <c r="E27" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="B28">
-        <v>231</v>
+        <v>2602</v>
       </c>
       <c r="C28" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D28"/>
+        <v>11</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
       <c r="E28" t="s">
-        <v>47</v>
+        <v>14</v>
       </c>
       <c r="F28" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="B29">
-        <v>231</v>
+        <v>2602</v>
       </c>
       <c r="C29" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="D29"/>
       <c r="E29" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="F29" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="B30">
-        <v>211</v>
+        <v>2602</v>
       </c>
       <c r="C30" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D30"/>
       <c r="E30" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="F30" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="B31">
-        <v>211</v>
+        <v>195</v>
       </c>
       <c r="C31" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="D31"/>
       <c r="E31" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="F31" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="B32">
-        <v>211</v>
+        <v>195</v>
       </c>
       <c r="C32" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="E32" t="s">
+        <v>17</v>
+      </c>
+      <c r="F32" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="B33">
-        <v>2601</v>
+        <v>195</v>
       </c>
       <c r="C33" t="s">
+        <v>25</v>
+      </c>
+      <c r="D33"/>
+      <c r="E33" t="s">
+        <v>23</v>
+      </c>
+      <c r="F33" t="s">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="B34">
-        <v>2601</v>
+        <v>38</v>
       </c>
       <c r="C34" t="s">
         <v>7</v>
       </c>
       <c r="D34"/>
       <c r="E34" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="B35">
-        <v>2601</v>
+        <v>38</v>
       </c>
       <c r="C35" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="D35"/>
       <c r="E35" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="F35" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="B36">
-        <v>193</v>
+        <v>63</v>
       </c>
       <c r="C36" t="s">
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="D36"/>
       <c r="E36" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="F36" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="B37">
-        <v>193</v>
+        <v>63</v>
       </c>
       <c r="C37" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D37"/>
       <c r="E37" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F37" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="B38">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C38" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D38"/>
       <c r="E38" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="F38" t="s">
-        <v>9</v>
-[...18 lines deleted...]
-      <c r="F39" t="s">
         <v>16</v>
-      </c>
-[...108 lines deleted...]
-        <v>42</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">