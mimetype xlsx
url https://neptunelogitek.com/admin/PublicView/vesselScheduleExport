--- v4 (2026-02-11)
+++ v5 (2026-03-04)
@@ -12,188 +12,203 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Vessel Name</t>
   </si>
   <si>
     <t>Voyage Number</t>
   </si>
   <si>
     <t>Port</t>
   </si>
   <si>
     <t>Cut Off Date</t>
   </si>
   <si>
     <t>Date of Arrival</t>
   </si>
   <si>
     <t>Date of Departure</t>
   </si>
   <si>
+    <t>VARADA</t>
+  </si>
+  <si>
+    <t>KATUPALLI</t>
+  </si>
+  <si>
+    <t>02-03-2026</t>
+  </si>
+  <si>
+    <t>03-03-2026</t>
+  </si>
+  <si>
     <t>BRAHMAPUTRA</t>
   </si>
   <si>
+    <t>CHENNAI</t>
+  </si>
+  <si>
+    <t>06-03-2026</t>
+  </si>
+  <si>
+    <t>07-03-2026</t>
+  </si>
+  <si>
     <t>TUTICORIN</t>
   </si>
   <si>
-    <t>12-02-2026</t>
-[...2 lines deleted...]
-    <t>13-02-2026</t>
+    <t>13-03-2026</t>
+  </si>
+  <si>
+    <t>14-03-2026</t>
+  </si>
+  <si>
+    <t>COCHIN</t>
   </si>
   <si>
     <t>ANAND</t>
   </si>
   <si>
+    <t>MANGALORE</t>
+  </si>
+  <si>
+    <t>08-03-2026</t>
+  </si>
+  <si>
+    <t>09-03-2026</t>
+  </si>
+  <si>
+    <t>10-03-2026</t>
+  </si>
+  <si>
     <t>KANDLA</t>
   </si>
   <si>
-    <t>31-01-2026</t>
-[...11 lines deleted...]
-    <t>11-02-2026</t>
+    <t>04-03-2026</t>
+  </si>
+  <si>
+    <t>05-03-2026</t>
+  </si>
+  <si>
+    <t>12-03-2026</t>
+  </si>
+  <si>
+    <t>15-03-2026</t>
+  </si>
+  <si>
+    <t>16-03-2026</t>
+  </si>
+  <si>
+    <t>17-03-2026</t>
+  </si>
+  <si>
+    <t>18-03-2026</t>
+  </si>
+  <si>
+    <t>EXPRESS</t>
+  </si>
+  <si>
+    <t>15-03-2022</t>
+  </si>
+  <si>
+    <t>20-03-2026</t>
+  </si>
+  <si>
+    <t>21-03-2026</t>
+  </si>
+  <si>
+    <t>BHARAT</t>
   </si>
   <si>
     <t>14-02-2026</t>
   </si>
   <si>
-    <t>15-02-2026</t>
-[...23 lines deleted...]
-    <t>16-02-2026</t>
+    <t>PIPAVAV</t>
+  </si>
+  <si>
+    <t>11-03-2026</t>
+  </si>
+  <si>
+    <t>MOGRAL</t>
+  </si>
+  <si>
+    <t>VISAKHAPATNAM</t>
   </si>
   <si>
     <t>MUNDRA</t>
   </si>
   <si>
-    <t>EXPRESS</t>
-[...10 lines deleted...]
-  <si>
     <t>21-02-2026</t>
   </si>
   <si>
-    <t>19-02-2026</t>
-[...22 lines deleted...]
-  <si>
     <t>MUMBAI</t>
   </si>
   <si>
-    <t>10-02-2026</t>
-[...1 lines deleted...]
-  <si>
     <t>SSLGUJARAT</t>
   </si>
   <si>
+    <t>28-02-2026</t>
+  </si>
+  <si>
+    <t>01-03-2026</t>
+  </si>
+  <si>
     <t>KAVERI</t>
   </si>
   <si>
     <t>MANALI</t>
+  </si>
+  <si>
+    <t>VIZAG</t>
+  </si>
+  <si>
+    <t>19-03-2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -514,764 +529,880 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F38"/>
+  <dimension ref="A1:F44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2">
-        <v>933</v>
+        <v>83</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2"/>
       <c r="E2" t="s">
         <v>8</v>
       </c>
       <c r="F2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3">
-        <v>32</v>
+        <v>934</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
-      <c r="D3" t="s">
+      <c r="D3"/>
+      <c r="E3" t="s">
         <v>12</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4">
-        <v>33</v>
+        <v>934</v>
       </c>
       <c r="C4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F4" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5">
-        <v>34</v>
+        <v>934</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D5" t="s">
         <v>17</v>
       </c>
+      <c r="D5"/>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="F5" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="B6">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B7">
-        <v>67</v>
+        <v>36</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F7" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B8">
-        <v>67</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D8"/>
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>9</v>
+      </c>
       <c r="E8" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F8" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B9">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="D9"/>
+        <v>23</v>
+      </c>
+      <c r="D9" t="s">
+        <v>26</v>
+      </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="F9" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B10">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="C10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D10"/>
+      <c r="E10" t="s">
         <v>27</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="B11">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="C11" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11"/>
+      <c r="E11" t="s">
         <v>29</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B12">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C12" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D12"/>
       <c r="E12" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="F12" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B13">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C13" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="D13"/>
       <c r="E13" t="s">
         <v>9</v>
       </c>
       <c r="F13" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B14">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C14" t="s">
+        <v>17</v>
+      </c>
+      <c r="D14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" t="s">
+        <v>26</v>
+      </c>
+      <c r="F14" t="s">
         <v>15</v>
-      </c>
-[...5 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B15">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C15" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="D15"/>
+        <v>23</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
+        <v>31</v>
+      </c>
+      <c r="B16">
+        <v>32</v>
+      </c>
+      <c r="C16" t="s">
+        <v>23</v>
+      </c>
+      <c r="D16" t="s">
         <v>28</v>
       </c>
-      <c r="B16">
+      <c r="E16" t="s">
+        <v>28</v>
+      </c>
+      <c r="F16" t="s">
         <v>29</v>
-      </c>
-[...10 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
+        <v>31</v>
+      </c>
+      <c r="B17">
+        <v>32</v>
+      </c>
+      <c r="C17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D17"/>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
         <v>34</v>
-      </c>
-[...13 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B18">
         <v>191</v>
       </c>
       <c r="C18" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="E18" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="F18" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B19">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C19" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D19"/>
+        <v>37</v>
+      </c>
+      <c r="D19" t="s">
+        <v>25</v>
+      </c>
       <c r="E19" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F19" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B20">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C20" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D20"/>
+        <v>23</v>
+      </c>
+      <c r="D20" t="s">
+        <v>9</v>
+      </c>
       <c r="E20" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F20" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B21">
-        <v>95</v>
+        <v>192</v>
       </c>
       <c r="C21" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="D21"/>
       <c r="E21" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="F21" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B22">
-        <v>95</v>
+        <v>192</v>
       </c>
       <c r="C22" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="D22"/>
       <c r="E22" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F22" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>39</v>
       </c>
       <c r="B23">
-        <v>232</v>
+        <v>106</v>
       </c>
       <c r="C23" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D23"/>
       <c r="E23" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>39</v>
       </c>
       <c r="B24">
-        <v>232</v>
+        <v>106</v>
       </c>
       <c r="C24" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="D24"/>
       <c r="E24" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F24" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>40</v>
       </c>
       <c r="B25">
-        <v>212</v>
+        <v>233</v>
       </c>
       <c r="C25" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D25"/>
       <c r="E25" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F25" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>40</v>
       </c>
       <c r="B26">
-        <v>212</v>
+        <v>233</v>
       </c>
       <c r="C26" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D26"/>
+        <v>41</v>
+      </c>
+      <c r="D26" t="s">
+        <v>42</v>
+      </c>
       <c r="E26" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F26" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
         <v>40</v>
       </c>
       <c r="B27">
-        <v>212</v>
+        <v>234</v>
       </c>
       <c r="C27" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="D27"/>
       <c r="E27" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="F27" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B28">
-        <v>2602</v>
+        <v>234</v>
       </c>
       <c r="C28" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="D28"/>
       <c r="E28" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F28" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29">
+        <v>234</v>
+      </c>
+      <c r="C29" t="s">
         <v>41</v>
       </c>
-      <c r="B29">
-[...5 lines deleted...]
-      <c r="D29"/>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
       <c r="E29" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F29" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B30">
-        <v>2602</v>
+        <v>2603</v>
       </c>
       <c r="C30" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D30"/>
+        <v>37</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
       <c r="E30" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>43</v>
       </c>
       <c r="B31">
-        <v>195</v>
+        <v>2603</v>
       </c>
       <c r="C31" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D31"/>
       <c r="E31" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F31" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>43</v>
       </c>
       <c r="B32">
-        <v>195</v>
+        <v>2603</v>
       </c>
       <c r="C32" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D32" t="s">
         <v>17</v>
       </c>
+      <c r="D32"/>
       <c r="E32" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F32" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>43</v>
       </c>
       <c r="B33">
-        <v>195</v>
+        <v>2603</v>
       </c>
       <c r="C33" t="s">
+        <v>23</v>
+      </c>
+      <c r="D33" t="s">
+        <v>9</v>
+      </c>
+      <c r="E33" t="s">
+        <v>24</v>
+      </c>
+      <c r="F33" t="s">
         <v>25</v>
-      </c>
-[...5 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>44</v>
       </c>
       <c r="B34">
-        <v>38</v>
+        <v>195</v>
       </c>
       <c r="C34" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D34"/>
+        <v>41</v>
+      </c>
+      <c r="D34" t="s">
+        <v>36</v>
+      </c>
       <c r="E34" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="F34" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>44</v>
       </c>
       <c r="B35">
-        <v>38</v>
+        <v>196</v>
       </c>
       <c r="C35" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="D35"/>
       <c r="E35" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F35" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B36">
-        <v>63</v>
+        <v>196</v>
       </c>
       <c r="C36" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D36"/>
       <c r="E36" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="F36" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B37">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="C37" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="D37"/>
+        <v>23</v>
+      </c>
+      <c r="D37" t="s">
+        <v>25</v>
+      </c>
       <c r="E37" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B38">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="C38" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D38"/>
       <c r="E38" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="F38" t="s">
         <v>16</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39" t="s">
+        <v>47</v>
+      </c>
+      <c r="B39">
+        <v>39</v>
+      </c>
+      <c r="C39" t="s">
+        <v>14</v>
+      </c>
+      <c r="D39"/>
+      <c r="E39" t="s">
+        <v>33</v>
+      </c>
+      <c r="F39" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40" t="s">
+        <v>48</v>
+      </c>
+      <c r="B40">
+        <v>64</v>
+      </c>
+      <c r="C40" t="s">
+        <v>7</v>
+      </c>
+      <c r="D40"/>
+      <c r="E40" t="s">
+        <v>28</v>
+      </c>
+      <c r="F40" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41" t="s">
+        <v>48</v>
+      </c>
+      <c r="B41">
+        <v>64</v>
+      </c>
+      <c r="C41" t="s">
+        <v>17</v>
+      </c>
+      <c r="D41"/>
+      <c r="E41" t="s">
+        <v>22</v>
+      </c>
+      <c r="F41" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42" t="s">
+        <v>48</v>
+      </c>
+      <c r="B42">
+        <v>64</v>
+      </c>
+      <c r="C42" t="s">
+        <v>19</v>
+      </c>
+      <c r="D42"/>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" t="s">
+        <v>48</v>
+      </c>
+      <c r="B43">
+        <v>64</v>
+      </c>
+      <c r="C43" t="s">
+        <v>49</v>
+      </c>
+      <c r="D43"/>
+      <c r="E43" t="s">
+        <v>30</v>
+      </c>
+      <c r="F43" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44" t="s">
+        <v>48</v>
+      </c>
+      <c r="B44">
+        <v>64</v>
+      </c>
+      <c r="C44" t="s">
+        <v>41</v>
+      </c>
+      <c r="D44" t="s">
+        <v>9</v>
+      </c>
+      <c r="E44" t="s">
+        <v>24</v>
+      </c>
+      <c r="F44" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">