--- v5 (2026-03-04)
+++ v6 (2026-03-24)
@@ -12,203 +12,233 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Vessel Name</t>
   </si>
   <si>
     <t>Voyage Number</t>
   </si>
   <si>
     <t>Port</t>
   </si>
   <si>
     <t>Cut Off Date</t>
   </si>
   <si>
     <t>Date of Arrival</t>
   </si>
   <si>
     <t>Date of Departure</t>
   </si>
   <si>
     <t>VARADA</t>
   </si>
   <si>
+    <t>MANGALORE</t>
+  </si>
+  <si>
+    <t>22-03-2026</t>
+  </si>
+  <si>
+    <t>23-03-2026</t>
+  </si>
+  <si>
     <t>KATUPALLI</t>
   </si>
   <si>
-    <t>02-03-2026</t>
-[...5 lines deleted...]
-    <t>BRAHMAPUTRA</t>
+    <t>30-03-2026</t>
+  </si>
+  <si>
+    <t>31-03-2026</t>
+  </si>
+  <si>
+    <t>COCHIN</t>
+  </si>
+  <si>
+    <t>24-03-2026</t>
+  </si>
+  <si>
+    <t>25-03-2026</t>
+  </si>
+  <si>
+    <t>ANAND</t>
+  </si>
+  <si>
+    <t>01-04-2026</t>
+  </si>
+  <si>
+    <t>KANDLA</t>
+  </si>
+  <si>
+    <t>27-03-2026</t>
+  </si>
+  <si>
+    <t>28-03-2026</t>
+  </si>
+  <si>
+    <t>03-04-2026</t>
+  </si>
+  <si>
+    <t>04-04-2026</t>
+  </si>
+  <si>
+    <t>07-04-2026</t>
+  </si>
+  <si>
+    <t>08-04-2026</t>
+  </si>
+  <si>
+    <t>TUTICORIN</t>
+  </si>
+  <si>
+    <t>09-04-2026</t>
+  </si>
+  <si>
+    <t>NEYYAR</t>
+  </si>
+  <si>
+    <t>20-04-2026</t>
+  </si>
+  <si>
+    <t>21-04-2026</t>
+  </si>
+  <si>
+    <t>14-04-2026</t>
+  </si>
+  <si>
+    <t>15-04-2026</t>
+  </si>
+  <si>
+    <t>12-04-2026</t>
+  </si>
+  <si>
+    <t>13-04-2026</t>
+  </si>
+  <si>
+    <t>MUNDRA</t>
+  </si>
+  <si>
+    <t>10-04-2026</t>
+  </si>
+  <si>
+    <t>EXPRESS</t>
+  </si>
+  <si>
+    <t>26-03-2026</t>
+  </si>
+  <si>
+    <t>09-04-2022</t>
+  </si>
+  <si>
+    <t>02-04-2026</t>
+  </si>
+  <si>
+    <t>29-03-2026</t>
+  </si>
+  <si>
+    <t>11-04-2026</t>
+  </si>
+  <si>
+    <t>06-04-2026</t>
+  </si>
+  <si>
+    <t>BHARAT</t>
+  </si>
+  <si>
+    <t>05-04-2026</t>
   </si>
   <si>
     <t>CHENNAI</t>
   </si>
   <si>
-    <t>06-03-2026</t>
+    <t>16-04-2026</t>
+  </si>
+  <si>
+    <t>17-04-2026</t>
+  </si>
+  <si>
+    <t>KRISHNA</t>
+  </si>
+  <si>
+    <t>VIZAG</t>
+  </si>
+  <si>
+    <t>MOGRAL</t>
+  </si>
+  <si>
+    <t>VISAKHAPATNAM</t>
   </si>
   <si>
     <t>07-03-2026</t>
   </si>
   <si>
-    <t>TUTICORIN</t>
-[...58 lines deleted...]
-  <si>
     <t>21-03-2026</t>
   </si>
   <si>
-    <t>BHARAT</t>
-[...2 lines deleted...]
-    <t>14-02-2026</t>
+    <t>SSLMUMBAI</t>
+  </si>
+  <si>
+    <t>24-06-2026</t>
   </si>
   <si>
     <t>PIPAVAV</t>
   </si>
   <si>
-    <t>11-03-2026</t>
-[...13 lines deleted...]
-  <si>
     <t>MUMBAI</t>
   </si>
   <si>
     <t>SSLGUJARAT</t>
   </si>
   <si>
-    <t>28-02-2026</t>
-[...5 lines deleted...]
-    <t>KAVERI</t>
+    <t>SABARIMALAI</t>
   </si>
   <si>
     <t>MANALI</t>
-  </si>
-[...4 lines deleted...]
-    <t>19-03-2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -529,880 +559,1062 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F44"/>
+  <dimension ref="A1:F54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2"/>
       <c r="E2" t="s">
         <v>8</v>
       </c>
       <c r="F2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B3">
+        <v>84</v>
+      </c>
+      <c r="C3" t="s">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
       <c r="D3"/>
       <c r="E3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F3" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="B4">
-        <v>934</v>
+        <v>84</v>
       </c>
       <c r="C4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B5">
-        <v>934</v>
+        <v>39</v>
       </c>
       <c r="C5" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6">
+        <v>39</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="B6">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
-      </c>
-[...2 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="B7">
-[...5 lines deleted...]
-      <c r="D7"/>
+      <c r="D7" t="s">
+        <v>21</v>
+      </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B8">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8"/>
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B9">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="D9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9"/>
+      <c r="E9" t="s">
+        <v>24</v>
+      </c>
+      <c r="F9" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="B10">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="C10" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F10" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="B11">
-        <v>37</v>
+        <v>69</v>
       </c>
       <c r="C11" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
+        <v>28</v>
+      </c>
+      <c r="F11" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B12">
-        <v>30</v>
+        <v>69</v>
       </c>
       <c r="C12" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D12"/>
       <c r="E12" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="F12" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B13">
-        <v>30</v>
+        <v>69</v>
       </c>
       <c r="C13" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="D13"/>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="F13" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B14">
-        <v>31</v>
+        <v>69</v>
       </c>
       <c r="C14" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F14" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B15">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C15" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="D15" t="s">
         <v>13</v>
       </c>
+      <c r="D15"/>
       <c r="E15" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B16">
         <v>32</v>
       </c>
       <c r="C16" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="D16"/>
       <c r="E16" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F16" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B17">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C17" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D17"/>
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>38</v>
+      </c>
       <c r="E17" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F17" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B18">
-        <v>191</v>
+        <v>33</v>
       </c>
       <c r="C18" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="D18"/>
       <c r="E18" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B19">
-        <v>192</v>
+        <v>33</v>
       </c>
       <c r="C19" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="E19" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B20">
-        <v>192</v>
+        <v>34</v>
       </c>
       <c r="C20" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="D20"/>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="F20" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B21">
-        <v>192</v>
+        <v>34</v>
       </c>
       <c r="C21" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D21"/>
       <c r="E21" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F21" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B22">
-        <v>192</v>
+        <v>34</v>
       </c>
       <c r="C22" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D22"/>
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>42</v>
+      </c>
       <c r="E22" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="F22" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="B23">
-        <v>106</v>
+        <v>193</v>
       </c>
       <c r="C23" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="D23"/>
       <c r="E23" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="B24">
-        <v>106</v>
+        <v>193</v>
       </c>
       <c r="C24" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D24"/>
       <c r="E24" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="F24" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B25">
-        <v>233</v>
+        <v>194</v>
       </c>
       <c r="C25" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D25"/>
       <c r="E25" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="F25" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B26">
-        <v>233</v>
+        <v>194</v>
       </c>
       <c r="C26" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E26" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F26" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B27">
-        <v>234</v>
+        <v>194</v>
       </c>
       <c r="C27" t="s">
-        <v>19</v>
+        <v>45</v>
       </c>
       <c r="D27"/>
       <c r="E27" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="F27" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="B28">
-        <v>234</v>
+        <v>97</v>
       </c>
       <c r="C28" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D28"/>
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>19</v>
+      </c>
       <c r="E28" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="F28" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="B29">
-        <v>234</v>
+        <v>97</v>
       </c>
       <c r="C29" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="D29"/>
       <c r="E29" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F29" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B30">
-        <v>2603</v>
+        <v>97</v>
       </c>
       <c r="C30" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="D30"/>
       <c r="E30" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F30" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="B31">
-        <v>2603</v>
+        <v>107</v>
       </c>
       <c r="C31" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D31"/>
+        <v>34</v>
+      </c>
+      <c r="D31" t="s">
+        <v>15</v>
+      </c>
       <c r="E31" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="F31" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="B32">
-        <v>2603</v>
+        <v>107</v>
       </c>
       <c r="C32" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D32"/>
       <c r="E32" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="F32" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="B33">
-        <v>2603</v>
+        <v>107</v>
       </c>
       <c r="C33" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="D33"/>
       <c r="E33" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="B34">
-        <v>195</v>
+        <v>107</v>
       </c>
       <c r="C34" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="D34"/>
       <c r="E34" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F34" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="B35">
-        <v>196</v>
+        <v>234</v>
       </c>
       <c r="C35" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D35"/>
+        <v>34</v>
+      </c>
+      <c r="D35" t="s">
+        <v>52</v>
+      </c>
       <c r="E35" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="F35" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="B36">
-        <v>196</v>
+        <v>235</v>
       </c>
       <c r="C36" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D36"/>
       <c r="E36" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B37">
-        <v>39</v>
+        <v>235</v>
       </c>
       <c r="C37" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="D37"/>
       <c r="E37" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="F37" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B38">
-        <v>39</v>
+        <v>216</v>
       </c>
       <c r="C38" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D38"/>
       <c r="E38" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F38" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B39">
-        <v>39</v>
+        <v>216</v>
       </c>
       <c r="C39" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D39"/>
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>55</v>
+      </c>
       <c r="E39" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F39" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="B40">
-        <v>64</v>
+        <v>216</v>
       </c>
       <c r="C40" t="s">
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="D40"/>
       <c r="E40" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="F40" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="B41">
-        <v>64</v>
+        <v>216</v>
       </c>
       <c r="C41" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D41"/>
+        <v>56</v>
+      </c>
+      <c r="D41" t="s">
+        <v>37</v>
+      </c>
       <c r="E41" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="F41" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="B42">
-        <v>64</v>
+        <v>2604</v>
       </c>
       <c r="C42" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D42"/>
       <c r="E42" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="B43">
-        <v>64</v>
+        <v>2604</v>
       </c>
       <c r="C43" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="D43"/>
       <c r="E43" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="B44">
-        <v>64</v>
+        <v>2604</v>
       </c>
       <c r="C44" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D44" t="s">
         <v>9</v>
       </c>
       <c r="E44" t="s">
+        <v>9</v>
+      </c>
+      <c r="F44" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45" t="s">
+        <v>58</v>
+      </c>
+      <c r="B45">
+        <v>197</v>
+      </c>
+      <c r="C45" t="s">
+        <v>7</v>
+      </c>
+      <c r="D45"/>
+      <c r="E45" t="s">
+        <v>9</v>
+      </c>
+      <c r="F45" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46" t="s">
+        <v>58</v>
+      </c>
+      <c r="B46">
+        <v>198</v>
+      </c>
+      <c r="C46" t="s">
+        <v>7</v>
+      </c>
+      <c r="D46"/>
+      <c r="E46" t="s">
+        <v>42</v>
+      </c>
+      <c r="F46" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47" t="s">
+        <v>58</v>
+      </c>
+      <c r="B47">
+        <v>198</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47"/>
+      <c r="E47" t="s">
+        <v>22</v>
+      </c>
+      <c r="F47" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6">
+      <c r="A48" t="s">
+        <v>58</v>
+      </c>
+      <c r="B48">
+        <v>198</v>
+      </c>
+      <c r="C48" t="s">
+        <v>34</v>
+      </c>
+      <c r="D48" t="s">
+        <v>37</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6">
+      <c r="A49" t="s">
+        <v>59</v>
+      </c>
+      <c r="B49">
+        <v>181</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>11</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6">
+      <c r="A50" t="s">
+        <v>59</v>
+      </c>
+      <c r="B50">
+        <v>181</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50"/>
+      <c r="E50" t="s">
+        <v>22</v>
+      </c>
+      <c r="F50" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51" t="s">
+        <v>60</v>
+      </c>
+      <c r="B51">
+        <v>65</v>
+      </c>
+      <c r="C51" t="s">
+        <v>34</v>
+      </c>
+      <c r="D51" t="s">
+        <v>39</v>
+      </c>
+      <c r="E51" t="s">
+        <v>39</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52" t="s">
+        <v>60</v>
+      </c>
+      <c r="B52">
+        <v>65</v>
+      </c>
+      <c r="C52" t="s">
+        <v>7</v>
+      </c>
+      <c r="D52"/>
+      <c r="E52" t="s">
+        <v>23</v>
+      </c>
+      <c r="F52" t="s">
         <v>24</v>
       </c>
-      <c r="F44" t="s">
-        <v>25</v>
+    </row>
+    <row r="53" spans="1:6">
+      <c r="A53" t="s">
+        <v>60</v>
+      </c>
+      <c r="B53">
+        <v>65</v>
+      </c>
+      <c r="C53" t="s">
+        <v>10</v>
+      </c>
+      <c r="D53"/>
+      <c r="E53" t="s">
+        <v>30</v>
+      </c>
+      <c r="F53" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54" t="s">
+        <v>60</v>
+      </c>
+      <c r="B54">
+        <v>65</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54"/>
+      <c r="E54" t="s">
+        <v>26</v>
+      </c>
+      <c r="F54" t="s">
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">